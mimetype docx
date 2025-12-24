--- v0 (2025-12-03)
+++ v1 (2025-12-24)
@@ -332,88 +332,102 @@
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C69C2">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Ivana Martinović, PhD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C8E155D" w14:textId="0379864D" w:rsidR="002A0571" w:rsidRPr="003C69C2" w:rsidRDefault="003C69C2" w:rsidP="003C69C2">
+    <w:p w14:paraId="2C8E155D" w14:textId="2F85F49E" w:rsidR="002A0571" w:rsidRPr="003C69C2" w:rsidRDefault="003C69C2" w:rsidP="003C69C2">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C69C2">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Associate Professor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003C69C2">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Department of Information Sciences</w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00407FB5" w:rsidRPr="00407FB5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Faculty of Humanities and Social Sciences</w:t>
+      </w:r>
+      <w:r w:rsidR="00407FB5">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003C69C2">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">University of </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk211517439"/>
       <w:r w:rsidRPr="003C69C2">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Osijek</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="003C69C2">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
@@ -616,51 +630,51 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> information literacy</w:t>
       </w:r>
       <w:r w:rsidR="002C1BCA">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="002C1BCA" w:rsidRPr="002C1BCA">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> school librari</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidR="00234C6B">
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="515A5EA8">
           <v:rect id="_x0000_i1025" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="679FB6E3" w14:textId="5E4130F3" w:rsidR="002A0571" w:rsidRDefault="00563DAB" w:rsidP="002A5CD7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="200"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3418,50 +3432,58 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A345B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>cro</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009A345B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">. HUŠK), there is no official curriculum for KIMOO, which means its implementation is not mandatory. There are several reasons for this: some librarians are unwilling to teach, some schools do not recognise </w:t>
       </w:r>
       <w:r w:rsidRPr="009A345B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>librarians as part of the teaching staff, and in others, there is a lack of adequate ICT equipment. (P9)</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="2C76AF9F" w14:textId="77777777" w:rsidR="00522F81" w:rsidRDefault="00522F81" w:rsidP="009A345B">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="51616F1F" w14:textId="77777777" w:rsidR="00B908C4" w:rsidRDefault="00B908C4" w:rsidP="009A345B">
       <w:r w:rsidRPr="00DB4FED">
         <w:t xml:space="preserve">Ultimately, successful collaboration depends on shared goals, mutual respect, and recognition of the librarian’s role in fostering </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB4FED">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>multiliteracy</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB4FED">
         <w:t xml:space="preserve"> from the earliest grades.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11BD46D0" w14:textId="77777777" w:rsidR="009A345B" w:rsidRPr="00DB4FED" w:rsidRDefault="009A345B" w:rsidP="009A345B"/>
     <w:p w14:paraId="21F0CF08" w14:textId="45F310F2" w:rsidR="00B908C4" w:rsidRPr="00343050" w:rsidRDefault="00B908C4" w:rsidP="00343050">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00343050">
@@ -3827,50 +3849,51 @@
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4513"/>
                 <w:tab w:val="clear" w:pos="9026"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC58AD">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Surveys / Questionnaires</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6003B35A" w14:textId="77777777" w:rsidR="00B908C4" w:rsidRPr="00DC58AD" w:rsidRDefault="00B908C4" w:rsidP="00DC58AD">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC58AD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Initial Diagnosis and Final Evaluation</w:t>
@@ -3878,61 +3901,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5386" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="090479F0" w14:textId="441F7BEF" w:rsidR="00B908C4" w:rsidRPr="00DC58AD" w:rsidRDefault="00B908C4" w:rsidP="00DC58AD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="40" w:beforeAutospacing="0" w:after="40" w:afterAutospacing="0"/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC58AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">The survey method can be used to identify students' initial skill levels, monitor the development of their </w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">competencies over time, and conduct final evaluation at the end of the school year. </w:t>
+              <w:t xml:space="preserve">The survey method can be used to identify students' initial skill levels, monitor the development of their competencies over time, and conduct final evaluation at the end of the school year. </w:t>
             </w:r>
             <w:r w:rsidR="00222951" w:rsidRPr="00DC58AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00DC58AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>P1</w:t>
             </w:r>
             <w:r w:rsidR="00222951" w:rsidRPr="00DC58AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3941,51 +3954,50 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B908C4" w:rsidRPr="00DB4FED" w14:paraId="769A3660" w14:textId="77777777" w:rsidTr="00563DAB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BC5E700" w14:textId="77777777" w:rsidR="00B908C4" w:rsidRPr="00DC58AD" w:rsidRDefault="00B908C4" w:rsidP="00DC58AD">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC58AD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Project Tasks / Portfolios</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="523BD420" w14:textId="77777777" w:rsidR="00B908C4" w:rsidRPr="00DC58AD" w:rsidRDefault="00B908C4" w:rsidP="00DC58AD">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC58AD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Evaluation through practical tasks, presentations, and source analysis</w:t>
@@ -4576,56 +4588,53 @@
       </w:r>
       <w:r w:rsidRPr="00DB4FED">
         <w:t>The most prominent issues are organi</w:t>
       </w:r>
       <w:r w:rsidR="00044335">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB4FED">
         <w:t>ational, including the lack of allocated time within the school schedule, limited opportunities for regular collaboration with subject teachers, and the fact that IL activities are often carried out solely at the initiative of school librarians</w:t>
       </w:r>
       <w:r w:rsidR="00044335">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB4FED">
         <w:t>In addition to organi</w:t>
       </w:r>
       <w:r w:rsidR="00044335">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB4FED">
         <w:t>ational concerns, numerous technical challenges were reported, such as outdated or insufficient computer equipment, poor internet connectivity, and spatial limitations of school libraries, which are often unable to accommodate entire classes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BF3919C" w14:textId="4A0B0A3A" w:rsidR="004534DD" w:rsidRDefault="00B908C4" w:rsidP="004534DD">
       <w:r w:rsidRPr="00DB4FED">
+        <w:lastRenderedPageBreak/>
         <w:br/>
-        <w:t>From a staffing perspective, librarians are frequently overburdened with administrative tasks and lack the professional and temporal capacity to fully engage in educational roles—</w:t>
-[...3 lines deleted...]
-        <w:t>particularly when working part-time. Participants also emphasi</w:t>
+        <w:t>From a staffing perspective, librarians are frequently overburdened with administrative tasks and lack the professional and temporal capacity to fully engage in educational roles—particularly when working part-time. Participants also emphasi</w:t>
       </w:r>
       <w:r w:rsidR="00044335">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB4FED">
         <w:t>ed the absence of systemic curricular support, noting that IL is neither clearly defined nor fully integrated into national educational frameworks.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5232D620" w14:textId="6665D777" w:rsidR="00B908C4" w:rsidRDefault="00B908C4" w:rsidP="004534DD">
       <w:r w:rsidRPr="00DB4FED">
         <w:br/>
         <w:t>Finally, several participants highlighted motivational difficulties, especially among students who often perceive IL content as irrelevant due to the lack of formal assessment. Additionally, some teachers fail to recogni</w:t>
       </w:r>
       <w:r w:rsidR="00044335">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB4FED">
         <w:t>e the educational value of library-based instructional activities. These challenges are summarised in Table 2.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07283888" w14:textId="77777777" w:rsidR="004534DD" w:rsidRPr="00DB4FED" w:rsidRDefault="004534DD" w:rsidP="004534DD"/>
     <w:p w14:paraId="034D7321" w14:textId="77777777" w:rsidR="00B908C4" w:rsidRPr="006416DF" w:rsidRDefault="00B908C4" w:rsidP="00690D39">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -5111,154 +5120,134 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B908C4" w:rsidRPr="00DB4FED" w14:paraId="08ECAA53" w14:textId="77777777" w:rsidTr="00563DAB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55A5D3C6" w14:textId="77777777" w:rsidR="00B908C4" w:rsidRPr="00DC58AD" w:rsidRDefault="00B908C4" w:rsidP="00DC58AD">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC58AD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Staffing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55BA3AA1" w14:textId="77777777" w:rsidR="00B908C4" w:rsidRPr="00DC58AD" w:rsidRDefault="00B908C4" w:rsidP="00DC58AD">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC58AD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Librarians working part-time, administrative overload, lack of </w:t>
-[...8 lines deleted...]
-              <w:t>professional recognition, non-librarian tasks.</w:t>
+              <w:t>Librarians working part-time, administrative overload, lack of professional recognition, non-librarian tasks.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3591" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64681B50" w14:textId="77777777" w:rsidR="00B908C4" w:rsidRPr="00DC58AD" w:rsidRDefault="00B908C4" w:rsidP="00DC58AD">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC58AD">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...10 lines deleted...]
-              <w:t>are only allowed during homeroom, and only after the homeroom teacher completes their agenda.</w:t>
+              <w:t>The principal believes the librarian always has more urgent matters than professional work; workshops are only allowed during homeroom, and only after the homeroom teacher completes their agenda.</w:t>
             </w:r>
             <w:r w:rsidRPr="00DC58AD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (P7)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B908C4" w:rsidRPr="00DB4FED" w14:paraId="7FB9540E" w14:textId="77777777" w:rsidTr="00563DAB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A4EF8F5" w14:textId="77777777" w:rsidR="00B908C4" w:rsidRPr="00DC58AD" w:rsidRDefault="00B908C4" w:rsidP="00DC58AD">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC58AD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Curricular </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42B1C1CB" w14:textId="77777777" w:rsidR="00B908C4" w:rsidRPr="00DC58AD" w:rsidRDefault="00B908C4" w:rsidP="00DC58AD">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="113" w:right="113"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC58AD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Absence of national IL standards, lack of formal recognition of KIMO, and no systematic curriculum integration.</w:t>
@@ -5502,66 +5491,66 @@
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB4FED">
         <w:t>ed learning—most emphasi</w:t>
       </w:r>
       <w:r w:rsidR="001D699B">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB4FED">
         <w:t>ed the risks: reduced independence, superficial learning, and the erosion of research and language skills:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00325831" w14:textId="77777777" w:rsidR="00AC4477" w:rsidRPr="00DB4FED" w:rsidRDefault="00AC4477" w:rsidP="00AC4477"/>
     <w:p w14:paraId="05DAFA85" w14:textId="77777777" w:rsidR="0097439D" w:rsidRPr="00343050" w:rsidRDefault="00B908C4" w:rsidP="00343050">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00343050">
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>AI narrows students’ logical thinking and language expression. It also gives incorrect answers if students don’t ask the right questions. (P13)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A2C44BC" w14:textId="02CE82EB" w:rsidR="0097439D" w:rsidRPr="00343050" w:rsidRDefault="00B908C4" w:rsidP="00343050">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00343050">
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>AI has changed learning completely. Students go straight to the answer without researching, learning, or reflecting. They don’t consider accuracy, copyright, or plagiarism. (P12)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67358E3E" w14:textId="3CC98626" w:rsidR="00B908C4" w:rsidRPr="00343050" w:rsidRDefault="00B908C4" w:rsidP="00343050">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00343050">
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
         <w:br/>
         <w:t>It has replaced all other ways of accessing information - even basic Google searching. (P4)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18B44F42" w14:textId="77777777" w:rsidR="00AC4477" w:rsidRPr="00AC4477" w:rsidRDefault="00AC4477" w:rsidP="00AC4477">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69BE8403" w14:textId="4CDB4C8B" w:rsidR="00AC4477" w:rsidRPr="00DB4FED" w:rsidRDefault="00B908C4" w:rsidP="00AC4477">
@@ -5871,55 +5860,55 @@
     <w:p w14:paraId="2207C99B" w14:textId="77777777" w:rsidR="00C56A7F" w:rsidRPr="00A9346E" w:rsidRDefault="00C56A7F" w:rsidP="00C56A7F">
       <w:pPr>
         <w:pStyle w:val="heading3JIL"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0966FD46" w14:textId="41F9AA51" w:rsidR="00B908C4" w:rsidRPr="00DB4FED" w:rsidRDefault="00B908C4" w:rsidP="00C56A7F">
       <w:pPr>
         <w:pStyle w:val="heading3JIL"/>
       </w:pPr>
       <w:r w:rsidRPr="00DB4FED">
         <w:t>5.1 Levels and development of skills</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A2E70AD" w14:textId="47211EFD" w:rsidR="00C56A7F" w:rsidRDefault="00B908C4" w:rsidP="00C56A7F">
       <w:r w:rsidRPr="00C95888">
         <w:t>Participants expressed a strong consensus on the importance of developing students’ IL</w:t>
       </w:r>
       <w:r w:rsidR="00E56EE3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C95888">
-        <w:t xml:space="preserve">progressively and in line with their cognitive development throughout primary and secondary education. By the end of primary school, students should be able to recognise their information needs, search for and evaluate sources, and cite them appropriately. By the end of secondary school, they are expected to independently formulate research questions, use advanced search </w:t>
+        <w:t xml:space="preserve">progressively and in line with their cognitive development throughout primary and secondary education. By the end of primary school, students should be able to recognise their information </w:t>
       </w:r>
       <w:r w:rsidRPr="00C95888">
         <w:lastRenderedPageBreak/>
-        <w:t>strategies, and apply information ethically and responsibly. All participants agreed that IL instruction should start in the early grades and become gradually more complex, supporting students’ growing ability to think critically and work independently with information. See Table 3 and Figure 2.</w:t>
+        <w:t>needs, search for and evaluate sources, and cite them appropriately. By the end of secondary school, they are expected to independently formulate research questions, use advanced search strategies, and apply information ethically and responsibly. All participants agreed that IL instruction should start in the early grades and become gradually more complex, supporting students’ growing ability to think critically and work independently with information. See Table 3 and Figure 2.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F734133" w14:textId="77777777" w:rsidR="00B908C4" w:rsidRPr="006416DF" w:rsidRDefault="00B908C4" w:rsidP="00690D39">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B879ED">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Table 3: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B879ED">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -6924,51 +6913,50 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3012DAB9" w14:textId="3A4B67CB" w:rsidR="001F5775" w:rsidRPr="006416DF" w:rsidRDefault="00B908C4" w:rsidP="00690D39">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B879ED">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Figure </w:t>
       </w:r>
       <w:r w:rsidRPr="00B879ED">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00B879ED">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Figure \* ARABIC </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00B879ED">
@@ -7139,51 +7127,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75202482" w14:textId="77777777" w:rsidR="00A9346E" w:rsidRDefault="00A9346E" w:rsidP="00690D39">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CACA9B6" w14:textId="21026D19" w:rsidR="00B908C4" w:rsidRPr="006416DF" w:rsidRDefault="00B908C4" w:rsidP="00690D39">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB625D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Table 4: </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB625D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Curriculum integration</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9922" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Curriculum integration"/>
         <w:tblDescription w:val="A table outlining how each participant assessed information literacy curriculum implementation using a Likert scale."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4962"/>
         <w:gridCol w:w="1134"/>
@@ -8580,51 +8567,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44D69017" w14:textId="17BA3ADC" w:rsidR="00C57A71" w:rsidRPr="006416DF" w:rsidRDefault="00B908C4" w:rsidP="00C57A71">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C3042">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Figure </w:t>
       </w:r>
       <w:r w:rsidRPr="007C3042">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="007C3042">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Figure \* ARABIC </w:instrText>
       </w:r>
       <w:r w:rsidRPr="007C3042">
@@ -17347,67 +17333,51 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00F56453">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00B908C4" w:rsidRPr="00F56453">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">(2019). </w:t>
       </w:r>
       <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidR="00B908C4" w:rsidRPr="00F56453">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
-          <w:t>National curriculum for the cross-curricular topic: Use of information and communication techn</w:t>
-[...15 lines deleted...]
-          <w:t>logy</w:t>
+          <w:t>National curriculum for the cross-curricular topic: Use of information and communication technology</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B908C4" w:rsidRPr="00F56453">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00096F54" w:rsidRPr="00F56453">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00096F54" w:rsidRPr="00F56453">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Kurikulum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00096F54" w:rsidRPr="00F56453">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -17589,51 +17559,51 @@
         </w:rPr>
         <w:t>Use of Information and Communication Technology</w:t>
       </w:r>
       <w:r w:rsidR="00096F54" w:rsidRPr="00F56453">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> for primary and secondary schools</w:t>
       </w:r>
       <w:r w:rsidR="00096F54" w:rsidRPr="00F56453">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FA81D02" w14:textId="77777777" w:rsidR="004A4633" w:rsidRPr="00F56453" w:rsidRDefault="004A4633" w:rsidP="004A4633">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F7D71BF" w14:textId="4DB359FD" w:rsidR="00E72E72" w:rsidRPr="00F56453" w:rsidRDefault="00E72E72" w:rsidP="004A4633">
+    <w:p w14:paraId="2F7D71BF" w14:textId="4DB359FD" w:rsidR="00E72E72" w:rsidRDefault="00E72E72" w:rsidP="004A4633">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F56453">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">MZOM. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F56453">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ministarstvo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F56453">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -17752,50 +17722,58 @@
         <w:r w:rsidRPr="00F56453">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00F56453">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>knjižnice</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="00F56453">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Standards for school libraries].</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="70375D40" w14:textId="77777777" w:rsidR="004171E2" w:rsidRPr="00F56453" w:rsidRDefault="004171E2" w:rsidP="004A4633">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="1E037EB4" w14:textId="719ED91F" w:rsidR="004A4633" w:rsidRPr="00F04ED1" w:rsidRDefault="00E72E72" w:rsidP="00F04ED1">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F04ED1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">MZOM. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F04ED1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ministarstvo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F04ED1">
@@ -19126,108 +19104,137 @@
       </w:hyperlink>
       <w:r w:rsidRPr="00E85D11">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E85D11">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ALISE Journal</w:t>
       </w:r>
       <w:r w:rsidRPr="00E85D11">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00134BAE">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00E85D11">
         <w:t xml:space="preserve">(1). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A1BB5CC" w14:textId="77777777" w:rsidR="00140890" w:rsidRDefault="00140890" w:rsidP="00B74079"/>
-[...40 lines deleted...]
-    <w:p w14:paraId="62487EE3" w14:textId="77777777" w:rsidR="00B908C4" w:rsidRPr="00140890" w:rsidRDefault="00B908C4" w:rsidP="00140890">
+    <w:p w14:paraId="6A1BB5CC" w14:textId="77777777" w:rsidR="00140890" w:rsidRDefault="00140890" w:rsidP="004171E2"/>
+    <w:p w14:paraId="1F237A30" w14:textId="77777777" w:rsidR="00B74079" w:rsidRDefault="00B74079" w:rsidP="004171E2"/>
+    <w:p w14:paraId="0F8A7C8B" w14:textId="77777777" w:rsidR="00B74079" w:rsidRDefault="00B74079" w:rsidP="004171E2"/>
+    <w:p w14:paraId="68DC24A8" w14:textId="77777777" w:rsidR="00B74079" w:rsidRDefault="00B74079" w:rsidP="004171E2"/>
+    <w:p w14:paraId="1469A795" w14:textId="77777777" w:rsidR="00B74079" w:rsidRDefault="00B74079" w:rsidP="004171E2"/>
+    <w:p w14:paraId="49D079DC" w14:textId="77777777" w:rsidR="00B74079" w:rsidRDefault="00B74079" w:rsidP="004171E2"/>
+    <w:p w14:paraId="6E0F6A8B" w14:textId="77777777" w:rsidR="00B74079" w:rsidRDefault="00B74079" w:rsidP="004171E2"/>
+    <w:p w14:paraId="59BF4B62" w14:textId="77777777" w:rsidR="00B74079" w:rsidRDefault="00B74079" w:rsidP="004171E2"/>
+    <w:p w14:paraId="3072CF52" w14:textId="77777777" w:rsidR="00B74079" w:rsidRDefault="00B74079" w:rsidP="004171E2"/>
+    <w:p w14:paraId="695F7377" w14:textId="77777777" w:rsidR="00B74079" w:rsidRDefault="00B74079" w:rsidP="004171E2"/>
+    <w:p w14:paraId="05D62D65" w14:textId="77777777" w:rsidR="00B74079" w:rsidRDefault="00B74079" w:rsidP="004171E2"/>
+    <w:p w14:paraId="5B930A99" w14:textId="77777777" w:rsidR="00B74079" w:rsidRDefault="00B74079" w:rsidP="004171E2"/>
+    <w:p w14:paraId="30A38F9B" w14:textId="77777777" w:rsidR="00B74079" w:rsidRDefault="00B74079" w:rsidP="004171E2"/>
+    <w:p w14:paraId="74662B80" w14:textId="77777777" w:rsidR="00B74079" w:rsidRDefault="00B74079" w:rsidP="004171E2"/>
+    <w:p w14:paraId="20DD4402" w14:textId="77777777" w:rsidR="00B74079" w:rsidRDefault="00B74079" w:rsidP="004171E2"/>
+    <w:p w14:paraId="44BB7E08" w14:textId="77777777" w:rsidR="00B74079" w:rsidRDefault="00B74079" w:rsidP="004171E2"/>
+    <w:p w14:paraId="713623B8" w14:textId="77777777" w:rsidR="00BB6F48" w:rsidRDefault="00BB6F48" w:rsidP="004171E2"/>
+    <w:p w14:paraId="7330AB8F" w14:textId="77777777" w:rsidR="00BB6F48" w:rsidRDefault="00BB6F48" w:rsidP="004171E2"/>
+    <w:p w14:paraId="032233C0" w14:textId="77777777" w:rsidR="00BB6F48" w:rsidRDefault="00BB6F48" w:rsidP="004171E2"/>
+    <w:p w14:paraId="62C02CB3" w14:textId="77777777" w:rsidR="00BB6F48" w:rsidRDefault="00BB6F48" w:rsidP="004171E2"/>
+    <w:p w14:paraId="1E6EE56B" w14:textId="77777777" w:rsidR="00BB6F48" w:rsidRDefault="00BB6F48" w:rsidP="004171E2"/>
+    <w:p w14:paraId="2F957CEC" w14:textId="77777777" w:rsidR="009C3D9A" w:rsidRDefault="009C3D9A" w:rsidP="004171E2"/>
+    <w:p w14:paraId="5D9C1406" w14:textId="77777777" w:rsidR="009C3D9A" w:rsidRDefault="009C3D9A" w:rsidP="004171E2"/>
+    <w:p w14:paraId="24C14D1B" w14:textId="77777777" w:rsidR="009C3D9A" w:rsidRDefault="009C3D9A" w:rsidP="004171E2"/>
+    <w:p w14:paraId="7205D01A" w14:textId="77777777" w:rsidR="009C3D9A" w:rsidRDefault="009C3D9A" w:rsidP="004171E2"/>
+    <w:p w14:paraId="71284CEA" w14:textId="77777777" w:rsidR="009C3D9A" w:rsidRDefault="009C3D9A" w:rsidP="004171E2"/>
+    <w:p w14:paraId="68D3F954" w14:textId="77777777" w:rsidR="009C3D9A" w:rsidRDefault="009C3D9A" w:rsidP="004171E2"/>
+    <w:p w14:paraId="50552D8C" w14:textId="77777777" w:rsidR="009C3D9A" w:rsidRDefault="009C3D9A" w:rsidP="004171E2"/>
+    <w:p w14:paraId="5BBCDCA7" w14:textId="77777777" w:rsidR="00BB6F48" w:rsidRDefault="00BB6F48" w:rsidP="004171E2"/>
+    <w:p w14:paraId="6C0B06C1" w14:textId="77777777" w:rsidR="00B74079" w:rsidRDefault="00B74079" w:rsidP="004171E2"/>
+    <w:p w14:paraId="1F66C151" w14:textId="77777777" w:rsidR="00B74079" w:rsidRDefault="00B74079" w:rsidP="004171E2"/>
+    <w:p w14:paraId="29820FCB" w14:textId="77777777" w:rsidR="00B74079" w:rsidRDefault="00B74079" w:rsidP="004171E2"/>
+    <w:p w14:paraId="31EB73F1" w14:textId="77777777" w:rsidR="00B74079" w:rsidRDefault="00B74079" w:rsidP="004171E2"/>
+    <w:p w14:paraId="2D0B8882" w14:textId="77777777" w:rsidR="00DC0B14" w:rsidRDefault="00DC0B14" w:rsidP="004171E2">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08B2237D" w14:textId="77777777" w:rsidR="00DC0B14" w:rsidRDefault="00DC0B14" w:rsidP="004171E2">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="123842F2" w14:textId="77777777" w:rsidR="00DC0B14" w:rsidRDefault="00DC0B14" w:rsidP="004171E2">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12BF1B9E" w14:textId="77777777" w:rsidR="004171E2" w:rsidRDefault="004171E2" w:rsidP="004171E2">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62487EE3" w14:textId="7D99DCF8" w:rsidR="00B908C4" w:rsidRPr="00140890" w:rsidRDefault="00B908C4" w:rsidP="00140890">
       <w:pPr>
         <w:pStyle w:val="Heading2JIL"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00140890">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Appendix A</w:t>
       </w:r>
       <w:r w:rsidRPr="00140890">
         <w:t>: First-Round Delphi Questions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1238BD09" w14:textId="731C067E" w:rsidR="00B908C4" w:rsidRPr="00140890" w:rsidRDefault="00B908C4" w:rsidP="00140890">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00140890">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
@@ -19253,51 +19260,50 @@
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>How can IL content be effectively integrated into existing school subjects and extracurricular activities, both in the classroom and the school library?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3891A409" w14:textId="5E730934" w:rsidR="00B908C4" w:rsidRPr="00140890" w:rsidRDefault="00B908C4" w:rsidP="00140890">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00140890">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Within which school subjects or activities do you see the greatest potential for fostering students’ </w:t>
       </w:r>
       <w:r w:rsidR="001D699B">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>IL</w:t>
       </w:r>
       <w:r w:rsidRPr="00140890">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="464EC409" w14:textId="4CC74896" w:rsidR="00B908C4" w:rsidRPr="00140890" w:rsidRDefault="00B908C4" w:rsidP="00140890">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -19784,50 +19790,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="54EF2DC5" w14:textId="27370454" w:rsidR="00B908C4" w:rsidRPr="00B15525" w:rsidRDefault="00B908C4" w:rsidP="006D55E3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00B15525">
         <w:t xml:space="preserve">It is necessary to develop a national (or European) standard for </w:t>
       </w:r>
       <w:r w:rsidR="001D699B">
         <w:t>IL</w:t>
       </w:r>
       <w:r w:rsidRPr="00B15525">
         <w:t xml:space="preserve"> that clearly defines competencies, proficiency levels, and enables systematic monitoring of student progress.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76BBCCB5" w14:textId="77777777" w:rsidR="00B908C4" w:rsidRPr="00B15525" w:rsidRDefault="00B908C4" w:rsidP="006D55E3">
       <w:pPr>
         <w:pStyle w:val="heading3JIL"/>
       </w:pPr>
       <w:r w:rsidRPr="00B15525">
+        <w:lastRenderedPageBreak/>
         <w:t>3. M</w:t>
       </w:r>
       <w:r>
         <w:t>ethods</w:t>
       </w:r>
       <w:r w:rsidRPr="00B15525">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00B15525">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>teaching</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DA93C69" w14:textId="79BC1EE0" w:rsidR="00B908C4" w:rsidRPr="00B15525" w:rsidRDefault="00B908C4" w:rsidP="006D55E3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
@@ -19841,51 +19848,50 @@
       <w:r w:rsidRPr="00B15525">
         <w:t xml:space="preserve"> skills most effectively through practical tasks, problem-based learning, and project-based learning within various subjects.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="007F36FB" w14:textId="77777777" w:rsidR="00B908C4" w:rsidRPr="00B15525" w:rsidRDefault="00B908C4" w:rsidP="006D55E3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00B15525">
         <w:t>Activities that encourage students to apply information in real, meaningful contexts are the most effective for developing information skills.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B6CDC74" w14:textId="6443579F" w:rsidR="00B908C4" w:rsidRPr="00B15525" w:rsidRDefault="00B908C4" w:rsidP="006D55E3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00B15525">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The use of digital tools and gamification further increases student motivation for developing </w:t>
       </w:r>
       <w:r w:rsidR="001D699B">
         <w:t>IL</w:t>
       </w:r>
       <w:r w:rsidRPr="00B15525">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A521A7F" w14:textId="77777777" w:rsidR="00B908C4" w:rsidRPr="00B15525" w:rsidRDefault="00B908C4" w:rsidP="006D55E3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00B15525">
         <w:t>Students should be encouraged to create content (e.g., blogs, videos, podcasts) as a way to develop information skills.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ACF3CA4" w14:textId="77777777" w:rsidR="00B908C4" w:rsidRPr="00B15525" w:rsidRDefault="00B908C4" w:rsidP="006D55E3">
       <w:pPr>
         <w:pStyle w:val="heading3JIL"/>
       </w:pPr>
@@ -20201,58 +20207,58 @@
           <w:numId w:val="27"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00B15525">
         <w:t>Students rarely reflect on the ethical aspects of using AI tools (e.g., copyright, plagiarism, misinformation).</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="002A0571" w:rsidSect="003E72A2">
       <w:headerReference w:type="default" r:id="rId61"/>
       <w:footerReference w:type="default" r:id="rId62"/>
       <w:headerReference w:type="first" r:id="rId63"/>
       <w:footerReference w:type="first" r:id="rId64"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="907" w:gutter="0"/>
       <w:pgNumType w:start="60"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0E1217AA" w14:textId="77777777" w:rsidR="00084425" w:rsidRDefault="00084425">
+    <w:p w14:paraId="34C0AC6C" w14:textId="77777777" w:rsidR="00AE494B" w:rsidRDefault="00AE494B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32611C83" w14:textId="77777777" w:rsidR="00084425" w:rsidRDefault="00084425">
+    <w:p w14:paraId="432390D7" w14:textId="77777777" w:rsidR="00AE494B" w:rsidRDefault="00AE494B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -20735,58 +20741,58 @@
   <w:p w14:paraId="627FD3CA" w14:textId="764E3EE5" w:rsidR="00185EEC" w:rsidRDefault="00185EEC">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
         <w:i/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
         <w:i/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>http://dx.doi.org/10.11645/19.2.766</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79C15D5E" w14:textId="77777777" w:rsidR="00084425" w:rsidRDefault="00084425">
+    <w:p w14:paraId="77EE44F9" w14:textId="77777777" w:rsidR="00AE494B" w:rsidRDefault="00AE494B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="358DFE94" w14:textId="77777777" w:rsidR="00084425" w:rsidRDefault="00084425">
+    <w:p w14:paraId="3F757D18" w14:textId="77777777" w:rsidR="00AE494B" w:rsidRDefault="00AE494B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0B5D49E7" w14:textId="56677D1C" w:rsidR="00185EEC" w:rsidRDefault="00185EEC">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
@@ -24161,51 +24167,51 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1288045844">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1925872781">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1469781196">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="2066637459">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1614823389">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1468354927">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002A0571"/>
     <w:rsid w:val="0001486C"/>
     <w:rsid w:val="00022335"/>
     <w:rsid w:val="000239FD"/>
     <w:rsid w:val="00026E86"/>
@@ -24264,88 +24270,92 @@
     <w:rsid w:val="002C0C3D"/>
     <w:rsid w:val="002C1BCA"/>
     <w:rsid w:val="002C4499"/>
     <w:rsid w:val="002C6DC3"/>
     <w:rsid w:val="002D5B9A"/>
     <w:rsid w:val="002E6F3D"/>
     <w:rsid w:val="00300347"/>
     <w:rsid w:val="0031471E"/>
     <w:rsid w:val="0033512F"/>
     <w:rsid w:val="00340C97"/>
     <w:rsid w:val="00343050"/>
     <w:rsid w:val="00347633"/>
     <w:rsid w:val="0035188D"/>
     <w:rsid w:val="003649A7"/>
     <w:rsid w:val="00382E9F"/>
     <w:rsid w:val="0039166A"/>
     <w:rsid w:val="00393F8A"/>
     <w:rsid w:val="003A2654"/>
     <w:rsid w:val="003C2805"/>
     <w:rsid w:val="003C69C2"/>
     <w:rsid w:val="003E1A3F"/>
     <w:rsid w:val="003E72A2"/>
     <w:rsid w:val="003F7196"/>
     <w:rsid w:val="00403DCD"/>
     <w:rsid w:val="00407F57"/>
+    <w:rsid w:val="00407FB5"/>
     <w:rsid w:val="00415CF3"/>
+    <w:rsid w:val="004171E2"/>
     <w:rsid w:val="00425115"/>
     <w:rsid w:val="00430798"/>
     <w:rsid w:val="004534DD"/>
     <w:rsid w:val="00492B67"/>
     <w:rsid w:val="004A032D"/>
     <w:rsid w:val="004A4633"/>
     <w:rsid w:val="004E7FA7"/>
     <w:rsid w:val="00512F10"/>
+    <w:rsid w:val="00522F81"/>
     <w:rsid w:val="0053289E"/>
     <w:rsid w:val="00552997"/>
     <w:rsid w:val="00563DAB"/>
     <w:rsid w:val="0057208F"/>
     <w:rsid w:val="0059417D"/>
     <w:rsid w:val="005A3BB0"/>
     <w:rsid w:val="005A553D"/>
     <w:rsid w:val="005A5907"/>
     <w:rsid w:val="005A6263"/>
     <w:rsid w:val="005B0B26"/>
     <w:rsid w:val="005B11C6"/>
     <w:rsid w:val="005C4922"/>
     <w:rsid w:val="005D6855"/>
     <w:rsid w:val="005E108C"/>
     <w:rsid w:val="005E3C17"/>
     <w:rsid w:val="005F0679"/>
     <w:rsid w:val="005F2320"/>
     <w:rsid w:val="005F7570"/>
     <w:rsid w:val="005F7714"/>
     <w:rsid w:val="0060031E"/>
     <w:rsid w:val="00633D8C"/>
     <w:rsid w:val="00641486"/>
     <w:rsid w:val="006416DF"/>
     <w:rsid w:val="00644E9E"/>
     <w:rsid w:val="0066015E"/>
     <w:rsid w:val="00661D09"/>
     <w:rsid w:val="006660E2"/>
     <w:rsid w:val="00673B7A"/>
     <w:rsid w:val="0068531F"/>
+    <w:rsid w:val="00687936"/>
     <w:rsid w:val="00690D39"/>
     <w:rsid w:val="00692C26"/>
     <w:rsid w:val="006A51E6"/>
     <w:rsid w:val="006A5C11"/>
     <w:rsid w:val="006B2974"/>
     <w:rsid w:val="006C15FB"/>
     <w:rsid w:val="006C2415"/>
     <w:rsid w:val="006C6C17"/>
     <w:rsid w:val="006D43B0"/>
     <w:rsid w:val="006D55E3"/>
     <w:rsid w:val="006E522F"/>
     <w:rsid w:val="006F1AAB"/>
     <w:rsid w:val="00702B1E"/>
     <w:rsid w:val="00703503"/>
     <w:rsid w:val="00711F0E"/>
     <w:rsid w:val="007316E1"/>
     <w:rsid w:val="00753466"/>
     <w:rsid w:val="007715F3"/>
     <w:rsid w:val="00775983"/>
     <w:rsid w:val="00776523"/>
     <w:rsid w:val="00792324"/>
     <w:rsid w:val="007B5C2A"/>
     <w:rsid w:val="007C0ACA"/>
     <w:rsid w:val="007C3042"/>
     <w:rsid w:val="007D72EE"/>
@@ -24386,50 +24396,51 @@
     <w:rsid w:val="009A345B"/>
     <w:rsid w:val="009B5CE0"/>
     <w:rsid w:val="009B6BD3"/>
     <w:rsid w:val="009C3743"/>
     <w:rsid w:val="009C3D9A"/>
     <w:rsid w:val="009C40C8"/>
     <w:rsid w:val="009C63FB"/>
     <w:rsid w:val="009C64E3"/>
     <w:rsid w:val="009D19DF"/>
     <w:rsid w:val="009E2CC4"/>
     <w:rsid w:val="00A02AA6"/>
     <w:rsid w:val="00A10689"/>
     <w:rsid w:val="00A13687"/>
     <w:rsid w:val="00A2339D"/>
     <w:rsid w:val="00A32588"/>
     <w:rsid w:val="00A57D17"/>
     <w:rsid w:val="00A62B47"/>
     <w:rsid w:val="00A9346E"/>
     <w:rsid w:val="00A95443"/>
     <w:rsid w:val="00AA192E"/>
     <w:rsid w:val="00AA30D2"/>
     <w:rsid w:val="00AA4FB1"/>
     <w:rsid w:val="00AA75FF"/>
     <w:rsid w:val="00AC4477"/>
     <w:rsid w:val="00AE0D31"/>
+    <w:rsid w:val="00AE494B"/>
     <w:rsid w:val="00B107E7"/>
     <w:rsid w:val="00B10F5C"/>
     <w:rsid w:val="00B153C2"/>
     <w:rsid w:val="00B47C7B"/>
     <w:rsid w:val="00B53E0C"/>
     <w:rsid w:val="00B542DA"/>
     <w:rsid w:val="00B56864"/>
     <w:rsid w:val="00B61C73"/>
     <w:rsid w:val="00B72A38"/>
     <w:rsid w:val="00B74079"/>
     <w:rsid w:val="00B879ED"/>
     <w:rsid w:val="00B908C4"/>
     <w:rsid w:val="00BA617A"/>
     <w:rsid w:val="00BB6F48"/>
     <w:rsid w:val="00BC36DD"/>
     <w:rsid w:val="00BC77DE"/>
     <w:rsid w:val="00BF19F5"/>
     <w:rsid w:val="00C0628E"/>
     <w:rsid w:val="00C25E00"/>
     <w:rsid w:val="00C44D2D"/>
     <w:rsid w:val="00C55656"/>
     <w:rsid w:val="00C56419"/>
     <w:rsid w:val="00C565B5"/>
     <w:rsid w:val="00C56A7F"/>
     <w:rsid w:val="00C57A71"/>
@@ -24444,50 +24455,51 @@
     <w:rsid w:val="00CB020A"/>
     <w:rsid w:val="00CB086E"/>
     <w:rsid w:val="00CD49A2"/>
     <w:rsid w:val="00CD68ED"/>
     <w:rsid w:val="00CE2993"/>
     <w:rsid w:val="00CE3D68"/>
     <w:rsid w:val="00D01D0C"/>
     <w:rsid w:val="00D06FB7"/>
     <w:rsid w:val="00D104BE"/>
     <w:rsid w:val="00D237C8"/>
     <w:rsid w:val="00D31FCA"/>
     <w:rsid w:val="00D343F1"/>
     <w:rsid w:val="00D34D2D"/>
     <w:rsid w:val="00D35283"/>
     <w:rsid w:val="00D4403B"/>
     <w:rsid w:val="00D4459D"/>
     <w:rsid w:val="00D46A3A"/>
     <w:rsid w:val="00D7199B"/>
     <w:rsid w:val="00D724BC"/>
     <w:rsid w:val="00D93548"/>
     <w:rsid w:val="00D953DD"/>
     <w:rsid w:val="00DB14F1"/>
     <w:rsid w:val="00DB4E9C"/>
     <w:rsid w:val="00DB5C25"/>
     <w:rsid w:val="00DB625D"/>
+    <w:rsid w:val="00DC0B14"/>
     <w:rsid w:val="00DC58AD"/>
     <w:rsid w:val="00DE502F"/>
     <w:rsid w:val="00E1013D"/>
     <w:rsid w:val="00E34BD2"/>
     <w:rsid w:val="00E53E22"/>
     <w:rsid w:val="00E55C3C"/>
     <w:rsid w:val="00E56EE3"/>
     <w:rsid w:val="00E72E72"/>
     <w:rsid w:val="00E819C0"/>
     <w:rsid w:val="00E93537"/>
     <w:rsid w:val="00E94E93"/>
     <w:rsid w:val="00E95987"/>
     <w:rsid w:val="00EC14C8"/>
     <w:rsid w:val="00EC692D"/>
     <w:rsid w:val="00ED20E6"/>
     <w:rsid w:val="00EE2451"/>
     <w:rsid w:val="00EE3446"/>
     <w:rsid w:val="00EE360E"/>
     <w:rsid w:val="00F03E33"/>
     <w:rsid w:val="00F04ED1"/>
     <w:rsid w:val="00F06308"/>
     <w:rsid w:val="00F06646"/>
     <w:rsid w:val="00F12F23"/>
     <w:rsid w:val="00F321A9"/>
     <w:rsid w:val="00F56453"/>
@@ -24497,51 +24509,51 @@
     <w:rsid w:val="00FB2695"/>
     <w:rsid w:val="00FC506C"/>
     <w:rsid w:val="00FC737A"/>
     <w:rsid w:val="00FD17EE"/>
     <w:rsid w:val="00FD1891"/>
     <w:rsid w:val="00FD28E4"/>
     <w:rsid w:val="00FD2BE7"/>
     <w:rsid w:val="00FD7005"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1027"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="26CECE14"/>
   <w15:docId w15:val="{6CCDB008-FA0A-4262-932D-950BE792B092}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
@@ -25102,50 +25114,51 @@
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00382E9F"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="40" w:after="40"/>
       <w:ind w:left="113" w:right="113"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="hr-HR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
@@ -32543,80 +32556,80 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7miEYPk22+RKr7QoGOb/rzlG12NC7A==">CgMxLjA4AHIhMXgwU1VDbVZaNTZMMXFEWnJrTW5MZ1FiNUNjN1pEOHRK</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>33</Pages>
-  <Words>11842</Words>
-  <Characters>67506</Characters>
+  <Words>11850</Words>
+  <Characters>67547</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>562</Lines>
   <Paragraphs>158</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>79190</CharactersWithSpaces>
+  <CharactersWithSpaces>79239</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Korisnik</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101005DD45E6C118ED44D8B878E795AC1CC18</vt:lpwstr>
   </property>
 </Properties>
 </file>